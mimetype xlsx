--- v0 (2025-10-06)
+++ v1 (2026-02-09)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.168.1.200\disk1\jimukyoku\ﾌｧｲﾙ管理者：山本早知★☆★\【薬局医薬品提供体制HPシステム】\各地域Excelファイル\2025年度\3那賀\2025.3末那賀\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.168.1.200\disk1\jimukyoku\ﾌｧｲﾙ管理者：山本早知★☆★\【薬局医薬品提供体制HPシステム】\各地域Excelファイル\2025年度\3那賀\2026.1末那賀\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{35DC2A9C-80F3-4BDD-B3C0-E72B7FA860E5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EE734DC8-41DB-4C72-B1E4-34DC8858BCCC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="2205" yWindow="345" windowWidth="19365" windowHeight="13935" xr2:uid="{F6089FDE-5502-4D5A-A2A2-DE4138B79099}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{F6089FDE-5502-4D5A-A2A2-DE4138B79099}"/>
   </bookViews>
   <sheets>
     <sheet name="公表例（そのほかの薬局機能）" sheetId="11" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'公表例（そのほかの薬局機能）'!$A$1:$K$68</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="472" uniqueCount="169">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="461" uniqueCount="165">
   <si>
     <t>所在地</t>
     <rPh sb="0" eb="3">
       <t>ショザイチ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>薬局名</t>
     <rPh sb="0" eb="3">
       <t>ヤッキョクメイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>地域</t>
     <rPh sb="0" eb="2">
       <t>チイキ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>基本情報</t>
     <rPh sb="0" eb="2">
       <t>キホン</t>
@@ -572,62 +572,50 @@
   <si>
     <t>ウエルシア岩出中黒店</t>
   </si>
   <si>
     <t>非会員</t>
   </si>
   <si>
     <t>岩出市中黒546番地</t>
   </si>
   <si>
     <t>0736-69-5032</t>
   </si>
   <si>
     <t>エール薬局　岩出店</t>
   </si>
   <si>
     <t>岩出市吉田305</t>
   </si>
   <si>
     <t>0736-67-7770</t>
   </si>
   <si>
     <t>48品目</t>
   </si>
   <si>
-    <t>エコ薬局岩出店</t>
-[...10 lines deleted...]
-  <si>
     <t>エバグリーン薬局岩出高塚店</t>
   </si>
   <si>
     <t>岩出市</t>
   </si>
   <si>
     <t>0736673800</t>
   </si>
   <si>
     <t>金尾製薬(株)　薬局部</t>
   </si>
   <si>
     <t>紀の川市粉河８４５</t>
   </si>
   <si>
     <t>0736-73-2026</t>
   </si>
   <si>
     <t>株式会社調剤薬局ホンダ貴志川店</t>
   </si>
   <si>
     <t>紀の川市貴志川町丸栖1420</t>
   </si>
   <si>
     <t>0736-64-0130</t>
@@ -938,51 +926,51 @@
   <si>
     <t>0736-78-2660</t>
   </si>
   <si>
     <t>山路薬局　岩出店</t>
   </si>
   <si>
     <t>岩出市森294</t>
   </si>
   <si>
     <t>0736-69-1606</t>
   </si>
   <si>
     <t>紀の川市貴志川町丸栖６５２</t>
   </si>
   <si>
     <t>オリーブ薬局</t>
   </si>
   <si>
     <t>紀の川市打田1415-4</t>
   </si>
   <si>
     <t>０７３６－７８－１００３</t>
   </si>
   <si>
-    <t>更新日：2025年7月1日</t>
+    <t>更新日：2026年2月2日</t>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2143,51 +2131,51 @@
       <c r="E1" s="41"/>
       <c r="F1" s="41"/>
       <c r="G1" s="41"/>
       <c r="H1" s="41"/>
       <c r="I1" s="41"/>
       <c r="J1" s="41"/>
       <c r="K1" s="41"/>
     </row>
     <row r="2" spans="1:15" ht="35.25" x14ac:dyDescent="0.4">
       <c r="A2" s="41" t="s">
         <v>11</v>
       </c>
       <c r="B2" s="41"/>
       <c r="C2" s="41"/>
       <c r="D2" s="41"/>
       <c r="E2" s="41"/>
       <c r="F2" s="41"/>
       <c r="G2" s="41"/>
       <c r="H2" s="41"/>
       <c r="I2" s="41"/>
       <c r="J2" s="41"/>
       <c r="K2" s="41"/>
     </row>
     <row r="3" spans="1:15" ht="24.75" x14ac:dyDescent="0.4">
       <c r="A3" s="63" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="B3" s="63"/>
       <c r="C3" s="63"/>
       <c r="D3" s="63"/>
       <c r="E3" s="63"/>
       <c r="F3" s="63"/>
       <c r="G3" s="63"/>
       <c r="H3" s="63"/>
       <c r="I3" s="63"/>
       <c r="J3" s="63"/>
       <c r="K3" s="63"/>
     </row>
     <row r="4" spans="1:15" ht="20.25" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A4" s="62"/>
       <c r="B4" s="62"/>
       <c r="C4" s="62"/>
       <c r="D4" s="62"/>
       <c r="E4" s="62"/>
       <c r="F4" s="62"/>
       <c r="G4" s="62"/>
       <c r="H4" s="62"/>
       <c r="I4" s="62"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
       <c r="L4" s="2"/>
@@ -2501,1432 +2489,1410 @@
       </c>
       <c r="J18" s="24" t="s">
         <v>34</v>
       </c>
       <c r="K18" s="25" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A19" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B19" s="19" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D19" s="21" t="s">
         <v>47</v>
       </c>
       <c r="E19" s="13" t="s">
         <v>48</v>
       </c>
       <c r="F19" s="22" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G19" s="20" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>33</v>
+      </c>
+      <c r="H19" s="20">
+        <v>1747</v>
       </c>
       <c r="I19" s="23" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="J19" s="24" t="s">
         <v>34</v>
       </c>
       <c r="K19" s="25" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A20" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B20" s="19" t="s">
-        <v>50</v>
+        <v>161</v>
       </c>
       <c r="C20" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D20" s="21" t="s">
-        <v>51</v>
+        <v>162</v>
       </c>
       <c r="E20" s="13" t="s">
-        <v>52</v>
+        <v>163</v>
       </c>
       <c r="F20" s="22" t="s">
         <v>33</v>
       </c>
       <c r="G20" s="20" t="s">
         <v>33</v>
       </c>
       <c r="H20" s="20">
-        <v>1747</v>
+        <v>48</v>
       </c>
       <c r="I20" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J20" s="24" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="K20" s="25" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A21" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B21" s="19" t="s">
-        <v>165</v>
+        <v>49</v>
       </c>
       <c r="C21" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D21" s="21" t="s">
-        <v>166</v>
+        <v>50</v>
       </c>
       <c r="E21" s="13" t="s">
-        <v>167</v>
+        <v>51</v>
       </c>
       <c r="F21" s="22" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G21" s="20" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H21" s="20">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I21" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J21" s="24" t="s">
         <v>33</v>
       </c>
       <c r="K21" s="25" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A22" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B22" s="19" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C22" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D22" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="E22" s="13" t="s">
         <v>54</v>
       </c>
-      <c r="E22" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F22" s="22" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G22" s="20" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="H22" s="20">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I22" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J22" s="24" t="s">
         <v>33</v>
       </c>
       <c r="K22" s="25" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A23" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B23" s="19" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C23" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D23" s="21" t="s">
+        <v>56</v>
+      </c>
+      <c r="E23" s="13" t="s">
         <v>57</v>
       </c>
-      <c r="E23" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F23" s="22" t="s">
         <v>33</v>
       </c>
       <c r="G23" s="20" t="s">
         <v>33</v>
       </c>
       <c r="H23" s="20">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I23" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J23" s="24" t="s">
         <v>33</v>
       </c>
       <c r="K23" s="25" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A24" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B24" s="19" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C24" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D24" s="21" t="s">
+        <v>59</v>
+      </c>
+      <c r="E24" s="13" t="s">
         <v>60</v>
       </c>
-      <c r="E24" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F24" s="22" t="s">
         <v>33</v>
       </c>
       <c r="G24" s="20" t="s">
         <v>33</v>
       </c>
       <c r="H24" s="20">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="I24" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J24" s="24" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K24" s="25" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A25" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B25" s="19" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C25" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D25" s="21" t="s">
+        <v>62</v>
+      </c>
+      <c r="E25" s="13" t="s">
         <v>63</v>
       </c>
-      <c r="E25" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F25" s="22" t="s">
         <v>33</v>
       </c>
       <c r="G25" s="20" t="s">
         <v>33</v>
       </c>
       <c r="H25" s="20">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="I25" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J25" s="24" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="K25" s="25" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A26" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B26" s="19" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C26" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D26" s="21" t="s">
+        <v>65</v>
+      </c>
+      <c r="E26" s="13" t="s">
         <v>66</v>
       </c>
-      <c r="E26" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F26" s="22" t="s">
         <v>33</v>
       </c>
       <c r="G26" s="20" t="s">
         <v>33</v>
       </c>
       <c r="H26" s="20">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="I26" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J26" s="24" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K26" s="25" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A27" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B27" s="19" t="s">
-        <v>68</v>
+        <v>151</v>
       </c>
       <c r="C27" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D27" s="21" t="s">
-        <v>69</v>
+        <v>152</v>
       </c>
       <c r="E27" s="13" t="s">
-        <v>70</v>
+        <v>153</v>
       </c>
       <c r="F27" s="22" t="s">
         <v>33</v>
       </c>
       <c r="G27" s="20" t="s">
         <v>33</v>
       </c>
       <c r="H27" s="20">
         <v>10</v>
       </c>
       <c r="I27" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J27" s="24" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="K27" s="25" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A28" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B28" s="19" t="s">
-        <v>155</v>
+        <v>67</v>
       </c>
       <c r="C28" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D28" s="21" t="s">
-        <v>156</v>
+        <v>68</v>
       </c>
       <c r="E28" s="13" t="s">
-        <v>157</v>
+        <v>69</v>
       </c>
       <c r="F28" s="22" t="s">
         <v>33</v>
       </c>
       <c r="G28" s="20" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H28" s="20">
-        <v>10</v>
+        <v>1250</v>
       </c>
       <c r="I28" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J28" s="24" t="s">
         <v>33</v>
       </c>
       <c r="K28" s="25" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A29" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B29" s="19" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="C29" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D29" s="21" t="s">
+        <v>71</v>
+      </c>
+      <c r="E29" s="13" t="s">
         <v>72</v>
       </c>
-      <c r="E29" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F29" s="22" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G29" s="20" t="s">
         <v>34</v>
       </c>
       <c r="H29" s="20">
-        <v>1250</v>
+        <v>1</v>
       </c>
       <c r="I29" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J29" s="24" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K29" s="25" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A30" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B30" s="19" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C30" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D30" s="21" t="s">
+        <v>74</v>
+      </c>
+      <c r="E30" s="13" t="s">
         <v>75</v>
       </c>
-      <c r="E30" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F30" s="22" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G30" s="20" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="H30" s="20">
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="I30" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J30" s="24" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="K30" s="25" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A31" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B31" s="19" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="C31" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D31" s="21" t="s">
+        <v>77</v>
+      </c>
+      <c r="E31" s="13" t="s">
         <v>78</v>
       </c>
-      <c r="E31" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F31" s="22" t="s">
         <v>33</v>
       </c>
       <c r="G31" s="20" t="s">
         <v>33</v>
       </c>
       <c r="H31" s="20">
-        <v>60</v>
+        <v>5</v>
       </c>
       <c r="I31" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J31" s="24" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K31" s="25" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A32" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B32" s="19" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="C32" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D32" s="21" t="s">
-        <v>81</v>
+        <v>160</v>
       </c>
       <c r="E32" s="13" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="F32" s="22" t="s">
         <v>33</v>
       </c>
       <c r="G32" s="20" t="s">
         <v>33</v>
       </c>
       <c r="H32" s="20">
         <v>5</v>
       </c>
       <c r="I32" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J32" s="24" t="s">
         <v>34</v>
       </c>
       <c r="K32" s="25" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A33" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B33" s="19" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C33" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D33" s="21" t="s">
-        <v>164</v>
+        <v>82</v>
       </c>
       <c r="E33" s="13" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F33" s="22" t="s">
         <v>33</v>
       </c>
       <c r="G33" s="20" t="s">
         <v>33</v>
       </c>
       <c r="H33" s="20">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="I33" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J33" s="24" t="s">
         <v>34</v>
       </c>
       <c r="K33" s="25" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="34" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A34" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B34" s="19" t="s">
+        <v>84</v>
+      </c>
+      <c r="C34" s="20" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="21" t="s">
         <v>85</v>
       </c>
-      <c r="C34" s="20" t="s">
-[...2 lines deleted...]
-      <c r="D34" s="21" t="s">
+      <c r="E34" s="13" t="s">
         <v>86</v>
       </c>
-      <c r="E34" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F34" s="22" t="s">
         <v>33</v>
       </c>
       <c r="G34" s="20" t="s">
         <v>33</v>
       </c>
       <c r="H34" s="20">
-        <v>50</v>
+        <v>800</v>
       </c>
       <c r="I34" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J34" s="24" t="s">
         <v>34</v>
       </c>
       <c r="K34" s="25" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A35" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B35" s="19" t="s">
+        <v>87</v>
+      </c>
+      <c r="C35" s="20" t="s">
+        <v>30</v>
+      </c>
+      <c r="D35" s="21" t="s">
         <v>88</v>
       </c>
-      <c r="C35" s="20" t="s">
-[...2 lines deleted...]
-      <c r="D35" s="21" t="s">
+      <c r="E35" s="13" t="s">
         <v>89</v>
       </c>
-      <c r="E35" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F35" s="22" t="s">
         <v>33</v>
       </c>
       <c r="G35" s="20" t="s">
         <v>33</v>
       </c>
       <c r="H35" s="20">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="I35" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J35" s="24" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="K35" s="25" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="36" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A36" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B36" s="19" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C36" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D36" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="E36" s="13" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="F36" s="22" t="s">
         <v>33</v>
       </c>
       <c r="G36" s="20" t="s">
         <v>33</v>
       </c>
       <c r="H36" s="20">
         <v>1000</v>
       </c>
       <c r="I36" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J36" s="24" t="s">
         <v>33</v>
       </c>
       <c r="K36" s="25" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="37" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A37" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B37" s="19" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C37" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D37" s="21" t="s">
+        <v>94</v>
+      </c>
+      <c r="E37" s="13" t="s">
         <v>95</v>
       </c>
-      <c r="E37" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F37" s="22" t="s">
         <v>33</v>
       </c>
       <c r="G37" s="20" t="s">
         <v>33</v>
       </c>
       <c r="H37" s="20">
-        <v>1000</v>
+        <v>2</v>
       </c>
       <c r="I37" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J37" s="24" t="s">
         <v>33</v>
       </c>
       <c r="K37" s="25" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="38" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A38" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B38" s="19" t="s">
-        <v>97</v>
+        <v>154</v>
       </c>
       <c r="C38" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D38" s="21" t="s">
-        <v>98</v>
+        <v>155</v>
       </c>
       <c r="E38" s="13" t="s">
-        <v>99</v>
+        <v>156</v>
       </c>
       <c r="F38" s="22" t="s">
         <v>33</v>
       </c>
       <c r="G38" s="20" t="s">
         <v>33</v>
       </c>
       <c r="H38" s="20">
-        <v>2</v>
+        <v>50</v>
       </c>
       <c r="I38" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J38" s="24" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K38" s="25" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="39" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A39" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B39" s="19" t="s">
-        <v>158</v>
+        <v>96</v>
       </c>
       <c r="C39" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D39" s="21" t="s">
-        <v>159</v>
+        <v>97</v>
       </c>
       <c r="E39" s="13" t="s">
-        <v>160</v>
+        <v>98</v>
       </c>
       <c r="F39" s="22" t="s">
         <v>33</v>
       </c>
       <c r="G39" s="20" t="s">
         <v>33</v>
       </c>
       <c r="H39" s="20">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="I39" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J39" s="24" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="K39" s="25" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="40" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A40" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B40" s="19" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C40" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D40" s="21" t="s">
+        <v>100</v>
+      </c>
+      <c r="E40" s="13" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="F40" s="22" t="s">
         <v>33</v>
       </c>
       <c r="G40" s="20" t="s">
         <v>33</v>
       </c>
       <c r="H40" s="20">
         <v>48</v>
       </c>
       <c r="I40" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J40" s="24" t="s">
         <v>33</v>
       </c>
       <c r="K40" s="25" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="41" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A41" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B41" s="19" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C41" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D41" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="E41" s="13" t="s">
         <v>104</v>
       </c>
-      <c r="E41" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F41" s="22" t="s">
         <v>33</v>
       </c>
       <c r="G41" s="20" t="s">
         <v>33</v>
       </c>
       <c r="H41" s="20">
-        <v>48</v>
+        <v>5</v>
       </c>
       <c r="I41" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J41" s="24" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K41" s="25" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="42" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A42" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B42" s="19" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C42" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D42" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="E42" s="13" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="F42" s="22" t="s">
         <v>33</v>
       </c>
       <c r="G42" s="20" t="s">
         <v>33</v>
       </c>
       <c r="H42" s="20">
         <v>5</v>
       </c>
       <c r="I42" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J42" s="24" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="K42" s="25" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="43" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A43" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B43" s="19" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C43" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D43" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="E43" s="13" t="s">
         <v>110</v>
       </c>
-      <c r="E43" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F43" s="22" t="s">
         <v>33</v>
       </c>
       <c r="G43" s="20" t="s">
         <v>33</v>
       </c>
       <c r="H43" s="20">
-        <v>5</v>
+        <v>48</v>
       </c>
       <c r="I43" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J43" s="24" t="s">
         <v>33</v>
       </c>
       <c r="K43" s="25" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="44" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A44" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B44" s="19" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C44" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="21" t="s">
+        <v>112</v>
+      </c>
+      <c r="E44" s="13" t="s">
         <v>113</v>
       </c>
-      <c r="E44" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F44" s="22" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G44" s="20" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H44" s="20">
         <v>48</v>
       </c>
       <c r="I44" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J44" s="24" t="s">
         <v>33</v>
       </c>
       <c r="K44" s="25" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="45" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A45" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B45" s="19" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C45" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D45" s="21" t="s">
-        <v>116</v>
+        <v>150</v>
       </c>
       <c r="E45" s="13" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="F45" s="22" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G45" s="20" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="H45" s="20">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="I45" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J45" s="24" t="s">
         <v>33</v>
       </c>
       <c r="K45" s="25" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="46" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A46" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B46" s="19" t="s">
+        <v>116</v>
+      </c>
+      <c r="C46" s="20" t="s">
+        <v>39</v>
+      </c>
+      <c r="D46" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="E46" s="13" t="s">
         <v>118</v>
       </c>
-      <c r="C46" s="20" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F46" s="22" t="s">
         <v>33</v>
       </c>
       <c r="G46" s="20" t="s">
         <v>33</v>
       </c>
       <c r="H46" s="20">
-        <v>78</v>
+        <v>20</v>
       </c>
       <c r="I46" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J46" s="24" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K46" s="25" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="47" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A47" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B47" s="19" t="s">
+        <v>119</v>
+      </c>
+      <c r="C47" s="20" t="s">
+        <v>30</v>
+      </c>
+      <c r="D47" s="21" t="s">
         <v>120</v>
       </c>
-      <c r="C47" s="20" t="s">
-[...2 lines deleted...]
-      <c r="D47" s="21" t="s">
+      <c r="E47" s="13" t="s">
         <v>121</v>
       </c>
-      <c r="E47" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F47" s="22" t="s">
         <v>33</v>
       </c>
       <c r="G47" s="20" t="s">
         <v>33</v>
       </c>
       <c r="H47" s="20">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="I47" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J47" s="24" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="K47" s="25" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="48" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A48" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B48" s="19" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C48" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D48" s="21" t="s">
+        <v>123</v>
+      </c>
+      <c r="E48" s="13" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="F48" s="22" t="s">
         <v>33</v>
       </c>
       <c r="G48" s="20" t="s">
         <v>33</v>
       </c>
       <c r="H48" s="20">
         <v>48</v>
       </c>
       <c r="I48" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J48" s="24" t="s">
         <v>33</v>
       </c>
       <c r="K48" s="25" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="49" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A49" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B49" s="19" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C49" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D49" s="21" t="s">
+        <v>126</v>
+      </c>
+      <c r="E49" s="13" t="s">
         <v>127</v>
       </c>
-      <c r="E49" s="13" t="s">
+      <c r="F49" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="G49" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="H49" s="20" t="s">
         <v>128</v>
       </c>
-      <c r="F49" s="22" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I49" s="23" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="J49" s="24" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K49" s="25" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="50" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A50" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B50" s="19" t="s">
         <v>129</v>
       </c>
       <c r="C50" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D50" s="21" t="s">
         <v>130</v>
       </c>
       <c r="E50" s="13" t="s">
         <v>131</v>
       </c>
       <c r="F50" s="22" t="s">
         <v>33</v>
       </c>
       <c r="G50" s="20" t="s">
         <v>33</v>
       </c>
-      <c r="H50" s="20" t="s">
-        <v>132</v>
+      <c r="H50" s="20">
+        <v>50</v>
       </c>
       <c r="I50" s="23" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="J50" s="24" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="K50" s="25" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="51" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A51" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B51" s="19" t="s">
-        <v>133</v>
+        <v>157</v>
       </c>
       <c r="C51" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D51" s="21" t="s">
-        <v>134</v>
+        <v>158</v>
       </c>
       <c r="E51" s="13" t="s">
-        <v>135</v>
+        <v>159</v>
       </c>
       <c r="F51" s="22" t="s">
         <v>33</v>
       </c>
       <c r="G51" s="20" t="s">
         <v>33</v>
       </c>
       <c r="H51" s="20">
-        <v>50</v>
+        <v>3</v>
       </c>
       <c r="I51" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J51" s="24" t="s">
         <v>33</v>
       </c>
       <c r="K51" s="25" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="52" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A52" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B52" s="19" t="s">
-        <v>161</v>
+        <v>132</v>
       </c>
       <c r="C52" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D52" s="21" t="s">
-        <v>162</v>
+        <v>133</v>
       </c>
       <c r="E52" s="13" t="s">
-        <v>163</v>
+        <v>134</v>
       </c>
       <c r="F52" s="22" t="s">
         <v>33</v>
       </c>
       <c r="G52" s="20" t="s">
         <v>33</v>
       </c>
       <c r="H52" s="20">
-        <v>3</v>
+        <v>58</v>
       </c>
       <c r="I52" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J52" s="24" t="s">
         <v>33</v>
       </c>
       <c r="K52" s="25" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="53" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A53" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B53" s="19" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C53" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D53" s="21" t="s">
+        <v>136</v>
+      </c>
+      <c r="E53" s="13" t="s">
         <v>137</v>
       </c>
-      <c r="E53" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F53" s="22" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G53" s="20" t="s">
         <v>33</v>
       </c>
       <c r="H53" s="20">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="I53" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J53" s="24" t="s">
         <v>33</v>
       </c>
       <c r="K53" s="25" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="54" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A54" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B54" s="19" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C54" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D54" s="21" t="s">
+        <v>139</v>
+      </c>
+      <c r="E54" s="13" t="s">
         <v>140</v>
       </c>
-      <c r="E54" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F54" s="22" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G54" s="20" t="s">
         <v>33</v>
       </c>
       <c r="H54" s="20">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="I54" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J54" s="24" t="s">
         <v>33</v>
       </c>
       <c r="K54" s="25" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="55" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A55" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B55" s="19" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="C55" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D55" s="21" t="s">
+        <v>142</v>
+      </c>
+      <c r="E55" s="13" t="s">
         <v>143</v>
       </c>
-      <c r="E55" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F55" s="22" t="s">
         <v>33</v>
       </c>
       <c r="G55" s="20" t="s">
         <v>33</v>
       </c>
       <c r="H55" s="20">
-        <v>59</v>
+        <v>48</v>
       </c>
       <c r="I55" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J55" s="24" t="s">
         <v>33</v>
       </c>
       <c r="K55" s="25" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="56" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A56" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B56" s="19" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C56" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D56" s="21" t="s">
+        <v>145</v>
+      </c>
+      <c r="E56" s="13" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="F56" s="22" t="s">
         <v>33</v>
       </c>
       <c r="G56" s="20" t="s">
         <v>33</v>
       </c>
       <c r="H56" s="20">
         <v>48</v>
       </c>
       <c r="I56" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J56" s="24" t="s">
         <v>33</v>
       </c>
       <c r="K56" s="25" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="57" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A57" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B57" s="19" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="C57" s="20" t="s">
         <v>30</v>
       </c>
       <c r="D57" s="21" t="s">
+        <v>148</v>
+      </c>
+      <c r="E57" s="13" t="s">
         <v>149</v>
       </c>
-      <c r="E57" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F57" s="22" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G57" s="20" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H57" s="20">
         <v>48</v>
       </c>
       <c r="I57" s="23" t="s">
         <v>33</v>
       </c>
       <c r="J57" s="24" t="s">
         <v>33</v>
       </c>
       <c r="K57" s="25" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="58" spans="1:11" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="A58" s="26" t="s">
-[...31 lines deleted...]
-      </c>
+      <c r="A58" s="26"/>
+      <c r="B58" s="27"/>
+      <c r="C58" s="28"/>
+      <c r="D58" s="29"/>
+      <c r="E58" s="30"/>
+      <c r="F58" s="31"/>
+      <c r="G58" s="28"/>
+      <c r="H58" s="28"/>
+      <c r="I58" s="32"/>
+      <c r="J58" s="33"/>
+      <c r="K58" s="34"/>
     </row>
     <row r="60" spans="1:11" ht="19.5" x14ac:dyDescent="0.4">
       <c r="A60" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="61" spans="1:11" ht="19.5" x14ac:dyDescent="0.4">
       <c r="A61" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="62" spans="1:11" ht="19.5" x14ac:dyDescent="0.4">
       <c r="A62" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="63" spans="1:11" ht="19.5" x14ac:dyDescent="0.4">
       <c r="A63" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="64" spans="1:11" ht="19.5" x14ac:dyDescent="0.4">
       <c r="A64" s="4" t="s">
         <v>18</v>
       </c>